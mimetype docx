--- v0 (2025-10-18)
+++ v1 (2026-01-20)
@@ -1,1524 +1,32370 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?> <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"> <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/> <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/> <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="31A8B9A5" w14:textId="77777777" w:rsidR="007B2A42" w:rsidRPr="007B2A42" w:rsidRDefault="007B2A42" w:rsidP="007B2A42">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">TERMO DE RESPONSABILIDADE </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1CDFBEFA" w14:textId="7D474180" w:rsidR="00AA747D" w:rsidRPr="007B2A42" w:rsidRDefault="007B2A42" w:rsidP="007B2A42">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>(para fins de isenção)</w:t>
+        <w:t xml:space="preserve">(para fins de isenção)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EAE2FD9" w14:textId="77777777" w:rsidR="00AA747D" w:rsidRPr="007B2A42" w:rsidRDefault="00AA747D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:spacing w:before="233"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-      </w:pPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2712FEBE" w14:textId="3B625EE4" w:rsidR="00AA747D" w:rsidRPr="007B2A42" w:rsidRDefault="00000000" w:rsidP="007B2A42">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
+        <w:spacing w:before="233"/>
+        <w:ind/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9128"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9128"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t>Eu,</w:t>
+        <w:t xml:space="preserve">Eu,</w:t>
       </w:r>
-      <w:r w:rsidR="007B2A42" w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> _______________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007B2A42" w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">registrado(a) no Conselho Regional de Química da 8ª Região, sob o nº CRQ </w:t>
       </w:r>
-      <w:r w:rsidR="007B2A42" w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>_____________________________</w:t>
+        <w:t xml:space="preserve">_____________________________</w:t>
       </w:r>
-      <w:r w:rsidR="007B2A42" w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007B2A42" w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>inscrito(a) no CPF sob o nº</w:t>
+        <w:t xml:space="preserve">inscrito(a) no CPF sob o nº</w:t>
       </w:r>
-      <w:r w:rsidR="007B2A42" w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007B2A42" w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t>______________________________</w:t>
+        <w:t xml:space="preserve">______________________________</w:t>
       </w:r>
-      <w:r w:rsidR="007B2A42" w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007B2A42" w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>em atendimento ao disposto no art. 6º da Resolução Normativa nº 330/2024 do Conselho Federal de Química – CFQ, declaro, para os devidos fins, que não estou auferindo qualquer fonte de renda.</w:t>
+        <w:t xml:space="preserve">em atendimento ao disposto no art. 6º da Resolução Normativa nº 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do Conselho Federal de Química – CFQ, declaro, para os devidos fins, que não estou auferindo qualquer fonte de renda.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD4DA10" w14:textId="77777777" w:rsidR="007B2A42" w:rsidRPr="007B2A42" w:rsidRDefault="007B2A42" w:rsidP="007B2A42">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9128"/>
+          <w:tab w:val="left" w:leader="none" w:pos="9128"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="66F63EEE" w14:textId="4BCC7A4E" w:rsidR="00AA747D" w:rsidRPr="007B2A42" w:rsidRDefault="007B2A42" w:rsidP="007B2A42">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Declaro, ainda, estar ciente de que, caso volte a auferir qualquer fonte de renda, deverei comunicar imediatamente ao CRQ-VIII, sob pena de aplicação do disposto no §6º do art. 6º da referida Resolução Normativa.</w:t>
+        <w:t xml:space="preserve">Declaro, ainda, estar ciente de que, caso volte a auferir qualquer fonte de renda, deverei comunicar imediatamente ao CRQ-VIII, sob pena de aplicação do disposto no §6º do art. 6º da referida Resolução Normativa.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD927FA" w14:textId="77777777" w:rsidR="00AA747D" w:rsidRPr="007B2A42" w:rsidRDefault="00AA747D" w:rsidP="007B2A42">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-      </w:pPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="68F9A766" w14:textId="77777777" w:rsidR="00AA747D" w:rsidRPr="007B2A42" w:rsidRDefault="00AA747D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:spacing w:before="71"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-      </w:pPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7860893D" w14:textId="77777777" w:rsidR="00AA747D" w:rsidRPr="007B2A42" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
+        <w:spacing w:before="71"/>
+        <w:ind/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2064"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="6659"/>
+          <w:tab w:val="left" w:leader="none" w:pos="2064"/>
+          <w:tab w:val="left" w:leader="none" w:pos="5051"/>
+          <w:tab w:val="left" w:leader="none" w:pos="6659"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:right="122"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>Aracaju/SE,</w:t>
+        <w:t xml:space="preserve">Aracaju/SE,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t>de</w:t>
+        <w:t xml:space="preserve">de</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t>de</w:t>
+        <w:t xml:space="preserve">de</w:t>
       </w:r>
-      <w:r w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7DD6EF" w14:textId="77777777" w:rsidR="00AA747D" w:rsidRPr="007B2A42" w:rsidRDefault="00AA747D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7F8BCA6C" w14:textId="77777777" w:rsidR="00AA747D" w:rsidRPr="007B2A42" w:rsidRDefault="00AA747D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:spacing w:before="200"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007B2A42">
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
+        <w:spacing w:before="200"/>
+        <w:ind/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wps">
+          <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B596DE2" wp14:editId="30D97B0D">
+              <wp:anchor xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>2133600</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>288876</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3657600" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="3" name="Graphic 3"/>
-[...2 lines deleted...]
-                </wp:cNvGraphicFramePr>
+                <wp:docPr id="2" name="Graphic 3"/>
+                <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvSpPr>
-[...2 lines deleted...]
-                      <wps:spPr>
+                      <wps:cNvPr id="0" name=""/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3657600" cy="1270"/>
                         </a:xfrm>
                         <a:custGeom>
                           <a:avLst/>
                           <a:gdLst/>
                           <a:ahLst/>
                           <a:cxnLst/>
                           <a:rect l="l" t="t" r="r" b="b"/>
                           <a:pathLst>
-                            <a:path w="3657600">
+                            <a:path w="3657600" fill="norm" stroke="1" extrusionOk="0">
                               <a:moveTo>
                                 <a:pt x="0" y="0"/>
                               </a:moveTo>
                               <a:lnTo>
                                 <a:pt x="3657600" y="0"/>
                               </a:lnTo>
                             </a:path>
                           </a:pathLst>
                         </a:custGeom>
                         <a:ln w="6096">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
-                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <wps:bodyPr rot="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="70C90CDA" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:168pt;margin-top:22.75pt;width:4in;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="3657600,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRWwXtEAIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YyLN2MOMXQoMOA&#10;oivQDDsrshwbk0WNVGL370fJcZJ1t2E+CJT4RD7yUV7dDp0VR4PUgivlfJZLYZyGqnX7Un7f3r/7&#10;KAUF5SplwZlSvhiSt+u3b1a9L8wCGrCVQcFBHBW9L2UTgi+yjHRjOkUz8MaxswbsVOAt7rMKVc/R&#10;O5st8nyZ9YCVR9CGiE83o1OuU/y6Njp8q2syQdhSMreQVkzrLq7ZeqWKPSrftPpEQ/0Di061jpOe&#10;Q21UUOKA7V+hulYjENRhpqHLoK5bbVINXM08f1XNc6O8SbVwc8if20T/L6x+PD77J4zUyT+A/knc&#10;kaz3VJw9cUMnzFBjF7FMXAypiy/nLpohCM2H75cfbpY5N1uzb764SU3OVDHd1QcKXwykOOr4QGHU&#10;oJos1UyWHtxkIisZNbRJwyAFa4hSsIa7UUOvQrwXyUVT9Bci8ayDo9lC8oZXzJnaxWvdNepcylQl&#10;Y0cEGzEN92o0Umq2r4uzLrJY5p+WaTQIbFvdt9ZGFoT73Z1FcVRxMNMX6+AIf8A8UtgoakZccp1g&#10;1p10GqWJIu2genlC0fM0l5J+HRQaKexXx+MSR38ycDJ2k4HB3kF6IKlBnHM7/FDoRUxfysDKPsI0&#10;jKqYRIuln7HxpoPPhwB1GxVNMzQyOm14glOBp9cWn8j1PqEu/4T1bwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhABp6jtvfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe+F/odlCr3VTbRajdmI&#10;CB6EUmi04HHNjkkwOxuyq0Z/fcdTe5w3j/e+ly5624gLdr52pCAeRCCQCmdqKhXstuu3KQgfNBnd&#10;OEIFN/SwyJ6fUp0Yd6VvvOShFBxCPtEKqhDaREpfVGi1H7gWiX9H11kd+OxKaTp95XDbyGEUTaTV&#10;NXFDpVtcVVic8rNV8B6f9u5e/2w3n7vNGvfF7ese5Uq9vvTLOYiAffgzwwOf0SFjpoM7k/GiUTAa&#10;TXhL4LDxGAQbZvGQhcND+ACZpfL/guwXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkVsF&#10;7RACAABbBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;GnqO298AAAAJAQAADwAAAAAAAAAAAAAAAABqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" path="m,l3657600,e" filled="f" strokeweight=".48pt">
-[...1 lines deleted...]
-                <w10:wrap type="topAndBottom" anchorx="page"/>
+              <v:shape id="shape 1" o:spid="_x0000_s1" style="position:absolute;z-index:-251660288;o:allowoverlap:true;o:allowincell:true;mso-position-horizontal-relative:page;margin-left:168.00pt;mso-position-horizontal:absolute;mso-position-vertical-relative:text;margin-top:22.75pt;mso-position-vertical:absolute;width:288.00pt;height:0.10pt;mso-wrap-distance-left:0.00pt;mso-wrap-distance-top:0.00pt;mso-wrap-distance-right:0.00pt;mso-wrap-distance-bottom:0.00pt;visibility:visible;" path="m0,0l100000,0e" coordsize="100000,100000" filled="f" strokecolor="#000000" strokeweight="0.48pt">
+                <v:path textboxrect="0,0,100000,100000"/>
+                <v:stroke dashstyle="solid"/>
+                <w10:wrap type="topAndBottom"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7B86BEFA" w14:textId="77777777" w:rsidR="00AA747D" w:rsidRPr="007B2A42" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:pStyle w:val="Corpodetexto"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="763"/>
+        <w:pBdr/>
         <w:spacing w:before="195"/>
         <w:ind w:right="130"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2A42">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>DECLARANTE</w:t>
+        <w:t xml:space="preserve">DECLARANTE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00AA747D" w:rsidRPr="007B2A42">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId7"/>
+    <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footnotePr/>
+      <w:endnotePr/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11920" w:h="16850"/>
+      <w:pgSz w:h="16850" w:orient="portrait" w:w="11920"/>
       <w:pgMar w:top="2940" w:right="992" w:bottom="280" w:left="1700" w:header="823" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
-      <w:cols w:space="720"/>
+      <w:cols w:num="1" w:sep="0" w:space="720" w:equalWidth="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7B133050" w14:textId="77777777" w:rsidR="0002520D" w:rsidRDefault="0002520D">
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4605B258" w14:textId="77777777" w:rsidR="0002520D" w:rsidRDefault="0002520D">
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="00"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="15B4D0C8" w14:textId="77777777" w:rsidR="007B2A42" w:rsidRDefault="007B2A42" w:rsidP="007B2A42">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="Rodap"/>
+      <w:pStyle w:val="769"/>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-  </w:p>
-[...3 lines deleted...]
-      <w:jc w:val="center"/>
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-    </w:pPr>
-[...4 lines deleted...]
-      <w:jc w:val="center"/>
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-    </w:pPr>
-    <w:r w:rsidRPr="00D07A80">
+    </w:r>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="769"/>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>Travessa Sálvio Oliveira, 34 – Bairro Suissa – Telefone (79) 3302-7085</w:t>
-[...5 lines deleted...]
-      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-    </w:pPr>
-    <w:r w:rsidRPr="00D07A80">
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
+    </w:r>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="769"/>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Travessa Sálvio Oliveira, 34 – Bairro Suissa – Telefone (79) 3302-7085</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="769"/>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
       <w:t xml:space="preserve">CEP.: 49050-700 – Aracaju/SE – </w:t>
     </w:r>
-    <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidRPr="00A65518">
+    <w:hyperlink r:id="rId1" w:tooltip="http://www.crq8.org.br" w:history="1">
+      <w:r>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="771"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>http://www.crq8.org.br</w:t>
+        <w:t xml:space="preserve">http://www.crq8.org.br</w:t>
       </w:r>
     </w:hyperlink>
-  </w:p>
-[...3 lines deleted...]
-      <w:jc w:val="center"/>
+    <w:r/>
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-    </w:pPr>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="583EA340" w14:textId="77777777" w:rsidR="007B2A42" w:rsidRPr="00D07A80" w:rsidRDefault="007B2A42" w:rsidP="007B2A42">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="Rodap"/>
+      <w:pStyle w:val="769"/>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="026AAB64" w14:textId="77777777" w:rsidR="007B2A42" w:rsidRDefault="007B2A42">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="Rodap"/>
+      <w:pStyle w:val="769"/>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="769"/>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r/>
+    <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0747D5D7" w14:textId="77777777" w:rsidR="0002520D" w:rsidRDefault="0002520D">
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51A44ECA" w14:textId="77777777" w:rsidR="0002520D" w:rsidRDefault="0002520D">
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3647729D" w14:textId="4B986C52" w:rsidR="00AA747D" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="Corpodetexto"/>
+      <w:pStyle w:val="763"/>
+      <w:pBdr/>
       <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:ind/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:drawing>
-[...47 lines deleted...]
-      </w:drawing>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251655168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>2827020</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>525780</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1791803" cy="868680"/>
+              <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Image 1"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="1" name="Image 1"/>
+                      <pic:cNvPicPr/>
+                      <pic:nvPr/>
+                    </pic:nvPicPr>
+                    <pic:blipFill rotWithShape="1">
+                      <a:blip r:embed="rId1"/>
+                      <a:stretch/>
+                    </pic:blipFill>
+                    <pic:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1796945" cy="871173"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+              <v:stroke joinstyle="miter"/>
+              <v:formulas>
+                <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                <v:f eqn="sum @0 1 0"/>
+                <v:f eqn="sum 0 0 @1"/>
+                <v:f eqn="prod @2 1 2"/>
+                <v:f eqn="prod @3 21600 pixelWidth"/>
+                <v:f eqn="prod @3 21600 pixelHeight"/>
+                <v:f eqn="sum @0 0 1"/>
+                <v:f eqn="prod @6 1 2"/>
+                <v:f eqn="prod @7 21600 pixelWidth"/>
+                <v:f eqn="sum @8 21600 0"/>
+                <v:f eqn="prod @7 21600 pixelHeight"/>
+                <v:f eqn="sum @10 21600 0"/>
+              </v:formulas>
+              <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+              <o:lock v:ext="edit" aspectratio="t"/>
+            </v:shapetype>
+            <v:shape id="_x0000_i0" o:spid="_x0000_s0" type="#_x0000_t75" style="position:absolute;z-index:-251655168;o:allowoverlap:true;o:allowincell:true;mso-position-horizontal-relative:page;margin-left:222.60pt;mso-position-horizontal:absolute;mso-position-vertical-relative:page;margin-top:41.40pt;mso-position-vertical:absolute;width:141.09pt;height:68.40pt;mso-wrap-distance-left:0.00pt;mso-wrap-distance-top:0.00pt;mso-wrap-distance-right:0.00pt;mso-wrap-distance-bottom:0.00pt;z-index:1;" stroked="false">
+              <v:imagedata r:id="rId1" o:title=""/>
+              <o:lock v:ext="edit" rotation="t"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions w:val="false"/>
+  <w:documentProtection/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
+    <w:pos w:val="pageBottom"/>
+    <w:numFmt w:val="decimal"/>
+    <w:numStart w:val="1"/>
+    <w:numRestart w:val="continuous"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
+    <w:pos w:val="docEnd"/>
+    <w:numFmt w:val="lowerRoman"/>
+    <w:numStart w:val="1"/>
+    <w:numRestart w:val="continuous"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
+    <w:ulTrailSpace w:val="true"/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:rsids>
-[...6 lines deleted...]
-  </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
-    <m:dispDef/>
+    <m:smallFrac m:val="false"/>
+    <m:dispDef m:val="true"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="pt-BR"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026" strokecolor="000000"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="775F74E9"/>
-  <w15:docId w15:val="{D99C460A-523C-42D8-998F-FDA102F05FCF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:hint="default" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:widowControl w:val="false"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="table" w:styleId="12">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="13">
+    <w:name w:val="Table Grid Light"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="14">
+    <w:name w:val="Plain Table 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="15">
+    <w:name w:val="Plain Table 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="16">
+    <w:name w:val="Plain Table 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="17">
+    <w:name w:val="Plain Table 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="18">
+    <w:name w:val="Plain Table 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:right w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="19">
+    <w:name w:val="Grid Table 1 Light"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="20">
+    <w:name w:val="Grid Table 1 Light - Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="21">
+    <w:name w:val="Grid Table 1 Light - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="22">
+    <w:name w:val="Grid Table 1 Light - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="23">
+    <w:name w:val="Grid Table 1 Light - Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="24">
+    <w:name w:val="Grid Table 1 Light - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="25">
+    <w:name w:val="Grid Table 1 Light - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="26">
+    <w:name w:val="Grid Table 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="27">
+    <w:name w:val="Grid Table 2 - Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="28">
+    <w:name w:val="Grid Table 2 - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="29">
+    <w:name w:val="Grid Table 2 - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="30">
+    <w:name w:val="Grid Table 2 - Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="31">
+    <w:name w:val="Grid Table 2 - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="32">
+    <w:name w:val="Grid Table 2 - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="33">
+    <w:name w:val="Grid Table 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="34">
+    <w:name w:val="Grid Table 3 - Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="35">
+    <w:name w:val="Grid Table 3 - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="36">
+    <w:name w:val="Grid Table 3 - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="37">
+    <w:name w:val="Grid Table 3 - Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="38">
+    <w:name w:val="Grid Table 3 - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="39">
+    <w:name w:val="Grid Table 3 - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="40">
+    <w:name w:val="Grid Table 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="41">
+    <w:name w:val="Grid Table 4 - Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="32" w:fill="dce6f2" w:themeFill="accent1" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="32" w:fill="dce6f2" w:themeFill="accent1" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="42">
+    <w:name w:val="Grid Table 4 - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="43">
+    <w:name w:val="Grid Table 4 - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="44">
+    <w:name w:val="Grid Table 4 - Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="45">
+    <w:name w:val="Grid Table 4 - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="46">
+    <w:name w:val="Grid Table 4 - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="47">
+    <w:name w:val="Grid Table 5 Dark"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="75" w:fill="8a8a8a" w:themeFill="text1" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="75" w:fill="8a8a8a" w:themeFill="text1" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="48">
+    <w:name w:val="Grid Table 5 Dark- Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="75" w:fill="aec5e1" w:themeFill="accent1" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="75" w:fill="aec5e1" w:themeFill="accent1" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="49">
+    <w:name w:val="Grid Table 5 Dark - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="75" w:fill="e2afad" w:themeFill="accent2" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="75" w:fill="e2afad" w:themeFill="accent2" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="50">
+    <w:name w:val="Grid Table 5 Dark - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="75" w:fill="d1e0b3" w:themeFill="accent3" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="75" w:fill="d1e0b3" w:themeFill="accent3" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="51">
+    <w:name w:val="Grid Table 5 Dark- Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="75" w:fill="c5b8d4" w:themeFill="accent4" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="75" w:fill="c5b8d4" w:themeFill="accent4" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="52">
+    <w:name w:val="Grid Table 5 Dark - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="75" w:fill="acd9e5" w:themeFill="accent5" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="75" w:fill="acd9e5" w:themeFill="accent5" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="53">
+    <w:name w:val="Grid Table 5 Dark - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="75" w:fill="fbcfaa" w:themeFill="accent6" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="75" w:fill="fbcfaa" w:themeFill="accent6" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="54">
+    <w:name w:val="Grid Table 6 Colorful"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="55">
+    <w:name w:val="Grid Table 6 Colorful - Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="56">
+    <w:name w:val="Grid Table 6 Colorful - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="57">
+    <w:name w:val="Grid Table 6 Colorful - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="58">
+    <w:name w:val="Grid Table 6 Colorful - Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="59">
+    <w:name w:val="Grid Table 6 Colorful - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="60">
+    <w:name w:val="Grid Table 6 Colorful - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="61">
+    <w:name w:val="Grid Table 7 Colorful"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="62">
+    <w:name w:val="Grid Table 7 Colorful - Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="63">
+    <w:name w:val="Grid Table 7 Colorful - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="64">
+    <w:name w:val="Grid Table 7 Colorful - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="65">
+    <w:name w:val="Grid Table 7 Colorful - Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="66">
+    <w:name w:val="Grid Table 7 Colorful - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="67">
+    <w:name w:val="Grid Table 7 Colorful - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="b25408" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="b25408" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="b25408" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="b25408" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="b25408" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="b25408" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="68">
+    <w:name w:val="List Table 1 Light"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="69">
+    <w:name w:val="List Table 1 Light - Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="70">
+    <w:name w:val="List Table 1 Light - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="71">
+    <w:name w:val="List Table 1 Light - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="72">
+    <w:name w:val="List Table 1 Light - Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="73">
+    <w:name w:val="List Table 1 Light - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="74">
+    <w:name w:val="List Table 1 Light - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="75">
+    <w:name w:val="List Table 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="76">
+    <w:name w:val="List Table 2 - Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="77">
+    <w:name w:val="List Table 2 - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="78">
+    <w:name w:val="List Table 2 - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="79">
+    <w:name w:val="List Table 2 - Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="80">
+    <w:name w:val="List Table 2 - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="81">
+    <w:name w:val="List Table 2 - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="82">
+    <w:name w:val="List Table 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="83">
+    <w:name w:val="List Table 3 - Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="84">
+    <w:name w:val="List Table 3 - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="85">
+    <w:name w:val="List Table 3 - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69c" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="86">
+    <w:name w:val="List Table 3 - Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="87">
+    <w:name w:val="List Table 3 - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="92cddd" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="88">
+    <w:name w:val="List Table 3 - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="fac091" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="89">
+    <w:name w:val="List Table 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="90">
+    <w:name w:val="List Table 4 - Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="91">
+    <w:name w:val="List Table 4 - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="92">
+    <w:name w:val="List Table 4 - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="93">
+    <w:name w:val="List Table 4 - Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="94">
+    <w:name w:val="List Table 4 - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="95">
+    <w:name w:val="List Table 4 - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="96">
+    <w:name w:val="List Table 5 Dark"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="97">
+    <w:name w:val="List Table 5 Dark - Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="98">
+    <w:name w:val="List Table 5 Dark - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="99">
+    <w:name w:val="List Table 5 Dark - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69c" w:themeFill="accent3" w:themeFillTint="98"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69c" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69c" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69c" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69c" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="100">
+    <w:name w:val="List Table 5 Dark - Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="101">
+    <w:name w:val="List Table 5 Dark - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="92cddd" w:themeFill="accent5" w:themeFillTint="9A"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="92cddd" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="92cddd" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="92cddd" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="92cddd" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="102">
+    <w:name w:val="List Table 5 Dark - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="fac091" w:themeFill="accent6" w:themeFillTint="98"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="fac091" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="fac091" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="fac091" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="fac091" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="103">
+    <w:name w:val="List Table 6 Colorful"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="text1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="text1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="104">
+    <w:name w:val="List Table 6 Colorful - Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="105">
+    <w:name w:val="List Table 6 Colorful - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="106">
+    <w:name w:val="List Table 6 Colorful - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="107">
+    <w:name w:val="List Table 6 Colorful - Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="108">
+    <w:name w:val="List Table 6 Colorful - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="109">
+    <w:name w:val="List Table 6 Colorful - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="110">
+    <w:name w:val="List Table 7 Colorful"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="111">
+    <w:name w:val="List Table 7 Colorful - Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="112">
+    <w:name w:val="List Table 7 Colorful - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="113">
+    <w:name w:val="List Table 7 Colorful - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="114">
+    <w:name w:val="List Table 7 Colorful - Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="115">
+    <w:name w:val="List Table 7 Colorful - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="116">
+    <w:name w:val="List Table 7 Colorful - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="117">
+    <w:name w:val="Lined - Accent"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="118">
+    <w:name w:val="Lined - Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="50" w:fill="c8d7ea" w:themeFill="accent1" w:themeFillTint="50"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="50" w:fill="c8d7ea" w:themeFill="accent1" w:themeFillTint="50"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="119">
+    <w:name w:val="Lined - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="120">
+    <w:name w:val="Lined - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="121">
+    <w:name w:val="Lined - Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="122">
+    <w:name w:val="Lined - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="123">
+    <w:name w:val="Lined - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="124">
+    <w:name w:val="Bordered &amp; Lined - Accent"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="125">
+    <w:name w:val="Bordered &amp; Lined - Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="50" w:fill="c8d7ea" w:themeFill="accent1" w:themeFillTint="50"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="50" w:fill="c8d7ea" w:themeFill="accent1" w:themeFillTint="50"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="126">
+    <w:name w:val="Bordered &amp; Lined - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="127">
+    <w:name w:val="Bordered &amp; Lined - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="128">
+    <w:name w:val="Bordered &amp; Lined - Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="129">
+    <w:name w:val="Bordered &amp; Lined - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="130">
+    <w:name w:val="Bordered &amp; Lined - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="131">
+    <w:name w:val="Bordered"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="132">
+    <w:name w:val="Bordered - Accent 1"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="133">
+    <w:name w:val="Bordered - Accent 2"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="134">
+    <w:name w:val="Bordered - Accent 3"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="135">
+    <w:name w:val="Bordered - Accent 4"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="136">
+    <w:name w:val="Bordered - Accent 5"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="137">
+    <w:name w:val="Bordered - Accent 6"/>
+    <w:basedOn w:val="760"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="139">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:link w:val="150"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="80" w:before="360"/>
+      <w:ind/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="140">
+    <w:name w:val="Heading 2"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:link w:val="151"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="80" w:before="160"/>
+      <w:ind/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="141">
+    <w:name w:val="Heading 3"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:link w:val="152"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="80" w:before="160"/>
+      <w:ind/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="142">
+    <w:name w:val="Heading 4"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:link w:val="153"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="40" w:before="80"/>
+      <w:ind/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="143">
+    <w:name w:val="Heading 5"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:link w:val="154"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="40" w:before="80"/>
+      <w:ind/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="144">
+    <w:name w:val="Heading 6"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:link w:val="155"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:before="40"/>
+      <w:ind/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="145">
+    <w:name w:val="Heading 7"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:link w:val="156"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:before="40"/>
+      <w:ind/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="146">
+    <w:name w:val="Heading 8"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:link w:val="157"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="0"/>
+      <w:ind/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="147">
+    <w:name w:val="Heading 9"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:link w:val="158"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="0"/>
+      <w:ind/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="150">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="139"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="151">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="140"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="152">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="141"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="153">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="142"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="154">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="143"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="155">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="144"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="156">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="145"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="157">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="146"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="158">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="147"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="160">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="764"/>
+    <w:uiPriority w:val="10"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="161">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:link w:val="162"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="162">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="161"/>
+    <w:uiPriority w:val="11"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="163">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:link w:val="164"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:before="160"/>
+      <w:ind/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="164">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="163"/>
+    <w:uiPriority w:val="29"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="166">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="759"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="167">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:link w:val="168"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:color="0f4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+        <w:bottom w:val="single" w:color="0f4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+      </w:pBdr>
+      <w:spacing w:after="360" w:before="360"/>
+      <w:ind w:right="864" w:left="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="168">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="167"/>
+    <w:uiPriority w:val="30"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="169">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="759"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="170">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="758"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="171">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="759"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="172">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="759"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="173">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="759"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="174">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="759"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="5a5a5a" w:themeColor="text1" w:themeTint="A5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="175">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="759"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="177">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="767"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="179">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="769"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="180">
+    <w:name w:val="Caption"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:uiPriority w:val="35"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0e2841" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="181">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="758"/>
+    <w:link w:val="182"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="182">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="181"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="183">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="759"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="184">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="758"/>
+    <w:link w:val="185"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="185">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="184"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="186">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="759"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="188">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="759"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="954f72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="189">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="190">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="191">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="192">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="660"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="193">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="880"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="194">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="195">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="196">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1540"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="197">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1760"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="198">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="759"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="208">
+    <w:name w:val="TOC Heading"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="209">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="758"/>
+    <w:next w:val="758"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:afterAutospacing="0"/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="758" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
+  <w:style w:type="character" w:styleId="759" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
+  <w:style w:type="table" w:styleId="760" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
+  <w:style w:type="numbering" w:styleId="761" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="762" w:customStyle="1">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Corpodetexto">
+  <w:style w:type="paragraph" w:styleId="763">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="758"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ttulo">
+  <w:style w:type="paragraph" w:styleId="764">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="758"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:before="9"/>
       <w:ind w:left="20"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="PargrafodaLista">
+  <w:style w:type="paragraph" w:styleId="765">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="758"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+  <w:style w:type="paragraph" w:styleId="766" w:customStyle="1">
     <w:name w:val="Table Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="758"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Cabealho">
-[...2 lines deleted...]
-    <w:link w:val="CabealhoChar"/>
+  <w:style w:type="paragraph" w:styleId="767">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="758"/>
+    <w:link w:val="768"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007B2A42"/>
     <w:pPr>
+      <w:pBdr/>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4252"/>
-        <w:tab w:val="right" w:pos="8504"/>
+        <w:tab w:val="center" w:leader="none" w:pos="4252"/>
+        <w:tab w:val="right" w:leader="none" w:pos="8504"/>
       </w:tabs>
+      <w:spacing/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
+  <w:style w:type="character" w:styleId="768" w:customStyle="1">
     <w:name w:val="Cabeçalho Char"/>
-    <w:basedOn w:val="Fontepargpadro"/>
-    <w:link w:val="Cabealho"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="767"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007B2A42"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rodap">
-[...2 lines deleted...]
-    <w:link w:val="RodapChar"/>
+  <w:style w:type="paragraph" w:styleId="769">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="758"/>
+    <w:link w:val="770"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007B2A42"/>
     <w:pPr>
+      <w:pBdr/>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4252"/>
-        <w:tab w:val="right" w:pos="8504"/>
+        <w:tab w:val="center" w:leader="none" w:pos="4252"/>
+        <w:tab w:val="right" w:leader="none" w:pos="8504"/>
       </w:tabs>
+      <w:spacing/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
+  <w:style w:type="character" w:styleId="770" w:customStyle="1">
     <w:name w:val="Rodapé Char"/>
-    <w:basedOn w:val="Fontepargpadro"/>
-    <w:link w:val="Rodap"/>
+    <w:basedOn w:val="759"/>
+    <w:link w:val="769"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="007B2A42"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="pt-PT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="771">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Fontepargpadro"/>
+    <w:basedOn w:val="759"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007B2A42"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0000ff" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="MenoPendente">
+  <w:style w:type="character" w:styleId="772">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Fontepargpadro"/>
+    <w:basedOn w:val="759"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007B2A42"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:color w:val="605e5c"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="e1dfdd"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+<w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:optimizeForBrowser/>
+</w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crq8.org.br" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crq8.org.br" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
-        <a:ea typeface=""/>
-[...29 lines deleted...]
-        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
-        <a:ea typeface=""/>
-[...29 lines deleted...]
-        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:shade val="51000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="80000">
               <a:schemeClr val="phClr">
                 <a:shade val="93000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="94000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -1565,126 +32411,118 @@
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
           <a:scene3d>
             <a:camera prst="orthographicFront">
               <a:rot lat="0" lon="0" rev="0"/>
             </a:camera>
             <a:lightRig rig="threePt" dir="t">
               <a:rot lat="0" lon="0" rev="1200000"/>
             </a:lightRig>
           </a:scene3d>
           <a:sp3d>
             <a:bevelT w="63500" h="25400"/>
           </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="40000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="40000">
               <a:schemeClr val="phClr">
                 <a:tint val="45000"/>
                 <a:shade val="99000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="20000"/>
                 <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...1 lines deleted...]
-          </a:path>
+          <a:path path="circle"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...1 lines deleted...]
-          </a:path>
+          <a:path path="circle"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <TotalTime></TotalTime>
-[...3 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>ONLYOFFICE/9.1.0.167</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
-[...1 lines deleted...]
-  <ScaleCrop>false</ScaleCrop>
+  <ScaleCrop>0</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="0" baseType="variant"/>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="0" baseType="lpstr"/>
+  </TitlesOfParts>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-[...3 lines deleted...]
-  <AppVersion></AppVersion>
+  <LinksUpToDate>0</LinksUpToDate>
+  <SharedDoc>0</SharedDoc>
+  <HyperlinksChanged>0</HyperlinksChanged>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>2025-TERMO-DE-RESPONSABILIDADE-para-fins-de-isenção-2024.docx</dc:title>
   <dc:creator>CRQ8FINANCEIRO</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-02-24T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2025-08-11T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>
 </Properties>
 </file>